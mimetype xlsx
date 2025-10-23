--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Név</t>
   </si>
   <si>
     <t>Apja neve</t>
   </si>
   <si>
     <t>Apja foglalkozása</t>
   </si>
   <si>
     <t>Anyja neve</t>
   </si>
   <si>
     <t>Anyja foglalkozása</t>
   </si>
   <si>
     <t>Születési helye</t>
   </si>
   <si>
     <t>Születési ideje</t>
   </si>
   <si>
     <t>Vallása</t>
   </si>
   <si>
@@ -207,50 +207,98 @@
     <t>Schwarcz Erzsébet (megh.: 1919</t>
   </si>
   <si>
     <t>Etelka; Lajos; Erzsébet</t>
   </si>
   <si>
     <t>Vác, Alsóvárosi temetõ</t>
   </si>
   <si>
     <t>Ifj. Mátyásffy Ferenc sütõ iparengedélye</t>
   </si>
   <si>
     <t>Schwarcz Erzsébet</t>
   </si>
   <si>
     <t>Ferenc, Vác, 1908. márc. 5.</t>
   </si>
   <si>
     <t>VVL V. 93-c 509/1943.</t>
   </si>
   <si>
     <t>Ifj. Mátyásffy Ferenc pékmester igazolása</t>
   </si>
   <si>
     <t>VVL XVII. 401-a 867/1945. máj. 26.</t>
+  </si>
+  <si>
+    <t>mészáros</t>
+  </si>
+  <si>
+    <t>Kozma Mária</t>
+  </si>
+  <si>
+    <t>Vác</t>
+  </si>
+  <si>
+    <t>r. k.</t>
+  </si>
+  <si>
+    <t>1899. ápr. 14. sorozás</t>
+  </si>
+  <si>
+    <t>1900. jan. 10. beosztva cs. és kir. budapesti 32. gye., 16. szanitécosztagába, helyőrségi kórház; 1918. febr. 7, beosztva a 418. sz. cs. és kir. tábori kórház 16 szanitécosztgába</t>
+  </si>
+  <si>
+    <t>tartalékos; szanitéc</t>
+  </si>
+  <si>
+    <t>1901, 1909, 1914, 1918</t>
+  </si>
+  <si>
+    <t>Mátyásffyné Jenei Gabriella adatközlése, Vác</t>
+  </si>
+  <si>
+    <t>Mátyásfi Ferenc</t>
+  </si>
+  <si>
+    <t>fegyőr</t>
+  </si>
+  <si>
+    <t>1878. jan. 18.</t>
+  </si>
+  <si>
+    <t>Zajcsek Ilona</t>
+  </si>
+  <si>
+    <t>Vác, 1921. márc. 13.(?)</t>
+  </si>
+  <si>
+    <t>Vác, Rákóczi u. 781.</t>
+  </si>
+  <si>
+    <t>Vác Szt. Mihály r. k. szül. akv., 14/1878.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -553,51 +601,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AH8"/>
+  <dimension ref="A1:AH10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:34">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -809,50 +857,123 @@
       <c r="AA7" t="s">
         <v>59</v>
       </c>
       <c r="AB7" t="s">
         <v>60</v>
       </c>
       <c r="AF7" t="s">
         <v>61</v>
       </c>
       <c r="AH7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8" spans="1:34">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="AA8" t="s">
         <v>63</v>
       </c>
       <c r="AF8" t="s">
         <v>61</v>
       </c>
       <c r="AH8" t="s">
         <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:34">
+      <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>67</v>
+      </c>
+      <c r="G9">
+        <v>1878</v>
+      </c>
+      <c r="H9" t="s">
+        <v>68</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>70</v>
+      </c>
+      <c r="R9" t="s">
+        <v>71</v>
+      </c>
+      <c r="S9" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:34">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>77</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>78</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>79</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">